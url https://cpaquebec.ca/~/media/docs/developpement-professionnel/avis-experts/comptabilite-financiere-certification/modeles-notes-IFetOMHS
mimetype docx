--- v0 (2025-10-06)
+++ v1 (2026-03-17)
@@ -13469,196 +13469,151 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement>
-[...4 lines deleted...]
-  </documentManagement>
+  <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D7B1971FEBE41B4AAEEB341565326F01" ma:contentTypeVersion="13" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="997bdeb0eef01d776dc677560163c86f">
-[...2 lines deleted...]
-    <xsd:import namespace="3fcb4726-fb74-4e9c-8175-d91bf70e90c7"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B31EB716D1C76049A2CC1D69C0B8DF03" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="450d4baad7f453efef3334bcd0a8beaa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="752bd132-cdf9-4738-ad5d-e64418ac62da" xmlns:ns3="e1f9ea65-848c-48cc-a7ca-ebf614049f4b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ddd913e039f13c4fda8c5b30b14a7614" ns2:_="" ns3:_="">
+    <xsd:import namespace="752bd132-cdf9-4738-ad5d-e64418ac62da"/>
+    <xsd:import namespace="e1f9ea65-848c-48cc-a7ca-ebf614049f4b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="43fdf8b2-3fae-43c8-8e8a-d3089e6fcf58" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="752bd132-cdf9-4738-ad5d-e64418ac62da" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="13" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="36f3f88e-c030-47d0-abcc-853cdf95d71a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...23 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3fcb4726-fb74-4e9c-8175-d91bf70e90c7" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e1f9ea65-848c-48cc-a7ca-ebf614049f4b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...9 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -13734,51 +13689,66 @@
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C45711F-1F45-4513-9842-FA8FEC3519A2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="e1f9ea65-848c-48cc-a7ca-ebf614049f4b"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="752bd132-cdf9-4738-ad5d-e64418ac62da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FDAAE3D-6117-43D6-89DD-25A033A9B5DF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64145714-C393-4C9D-98FC-7377E61BD21C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="752bd132-cdf9-4738-ad5d-e64418ac62da"/>
+    <ds:schemaRef ds:uri="e1f9ea65-848c-48cc-a7ca-ebf614049f4b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5FE5A42-2351-43C2-963E-0F40F98C3897}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B786306-D528-4769-B9AB-4B541F70E51C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
   <Words>4123</Words>
   <Characters>22678</Characters>
@@ -13806,29 +13776,29 @@
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>26748</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Fortin, Anne-Marie (VG-DIR)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100D7B1971FEBE41B4AAEEB341565326F01</vt:lpwstr>
+    <vt:lpwstr>0x010100B31EB716D1C76049A2CC1D69C0B8DF03</vt:lpwstr>
   </property>
 </Properties>
 </file>